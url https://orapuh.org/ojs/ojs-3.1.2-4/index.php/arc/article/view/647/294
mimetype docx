--- v0 (2026-01-25)
+++ v1 (2026-03-15)
@@ -1,53 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="36107CB7" w14:textId="2ADFB165" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="00581143">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="70AD47" w:themeColor="accent6"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="70AD47" w:themeColor="accent6"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="70AD47" w:themeColor="accent6"/>
@@ -295,105 +299,51 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>License to Publish</w:t>
       </w:r>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: The Author hereby grants the Publisher the exclusive right to publish, distribute, and license the work ("Work") in all forms and media now or hereafter known, </w:t>
-[...53 lines deleted...]
-        <w:t>, digital, and online formats, throughout the world for the full term of copyright and any extensions thereof.</w:t>
+        <w:t>: The Author hereby grants the Publisher the exclusive right to publish, distribute, and license the work ("Work") in all forms and media now or hereafter known, including but not limited to print, digital, and online formats, throughout the world for the full term of copyright and any extensions thereof.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02BDBD72" w14:textId="2EC368E4" w:rsidR="004C2797" w:rsidRPr="00581143" w:rsidRDefault="004C2797" w:rsidP="00581143">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -677,69 +627,51 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No Infringement</w:t>
       </w:r>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> does not infringe upon any copyright, trademark, patent, or other proprietary rights of any third party.</w:t>
+        <w:t>: The Work does not infringe upon any copyright, trademark, patent, or other proprietary rights of any third party.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112F3D43" w14:textId="3B234038" w:rsidR="004C2797" w:rsidRPr="00581143" w:rsidRDefault="004C2797" w:rsidP="0023439B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accuracy</w:t>
@@ -858,190 +790,106 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005522D4">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Revisions</w:t>
       </w:r>
       <w:r w:rsidRPr="005522D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: The Author agrees to undertake revisions as requested by the peer reviewers or editors and to resubmit the revised manuscript in a timely manner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F057729" w14:textId="75FB0C47" w:rsidR="004C2797" w:rsidRPr="00581143" w:rsidRDefault="004C2797" w:rsidP="00855AF2">
+    <w:p w14:paraId="2F057729" w14:textId="5535771A" w:rsidR="004C2797" w:rsidRPr="00581143" w:rsidRDefault="004C2797" w:rsidP="00855AF2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Article Processing Charge (APC)</w:t>
       </w:r>
       <w:r w:rsidRPr="00581143">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: If the manuscript is accepted for publication after peer review, the Author(s) </w:t>
-[...107 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004D30E4" w:rsidRPr="004D30E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Upon acceptance of the manuscript, the author(s) agree to pay an APC of US$60 for African authors or US$120 for other authors (self- or privately funded). For externally- or institutionally-funded research</w:t>
+      </w:r>
+      <w:r w:rsidR="007F53E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/publication</w:t>
+      </w:r>
+      <w:r w:rsidR="004D30E4" w:rsidRPr="004D30E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the APC is US$250.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDEE552" w14:textId="77777777" w:rsidR="00581143" w:rsidRDefault="00581143" w:rsidP="00855AF2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FB91C5C" w14:textId="7528088B" w:rsidR="004C2797" w:rsidRPr="00581143" w:rsidRDefault="00855AF2" w:rsidP="00855AF2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2172,51 +2020,51 @@
         </w:rPr>
         <w:t>Orapuh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C2797" w:rsidRPr="00581143">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal to proceed with the processing of the paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="330DF535" w14:textId="77777777" w:rsidR="004C2797" w:rsidRPr="003A2271" w:rsidRDefault="004C2797" w:rsidP="00581143">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CF8451A" w14:textId="77777777" w:rsidR="009E2955" w:rsidRPr="00C04021" w:rsidRDefault="00000000" w:rsidP="009E2955">
+    <w:p w14:paraId="0CF8451A" w14:textId="77777777" w:rsidR="009E2955" w:rsidRPr="00C04021" w:rsidRDefault="00772F32" w:rsidP="009E2955">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="484B5492">
           <v:rect id="_x0000_i1025" style="width:0;height:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B7FA4AD" w14:textId="77777777" w:rsidR="009E2955" w:rsidRPr="002B3F07" w:rsidRDefault="009E2955" w:rsidP="009E2955">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
@@ -2749,51 +2597,69 @@
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accord</w:t>
       </w:r>
       <w:r w:rsidR="00023939">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">) est </w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>conclu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à la date de retour de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3195,69 +3061,105 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Licence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de publication:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>accorde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par la </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>présente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3571,51 +3473,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> limiter au format </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>imprimé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, numérique et </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numérique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3625,51 +3545,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, dans le monde </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>entier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pour toute la durée du droit </w:t>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la durée du droit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’auteur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3748,51 +3686,69 @@
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’Éditeur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a le droit de sous-</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a le</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> droit de sous-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>licencier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3897,93 +3853,85 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’Auteur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="27075277" w14:textId="6489678D" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006465F9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B7826">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">L’Auteur </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>garantit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> que:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF3600B" w14:textId="3E8A5A7A" w:rsidR="006B7826" w:rsidRPr="006465F9" w:rsidRDefault="006B7826" w:rsidP="0077360F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -4004,51 +3952,69 @@
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est original et </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> original et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n’a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jamais </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4076,51 +4042,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>autre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> journal. De plus, il </w:t>
+        <w:t xml:space="preserve"> journal. De plus, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n’est</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4213,87 +4197,87 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Paternité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>confirme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>chaque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4447,105 +4431,105 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. L’Auteur </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>confirme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>également</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> par la signature de </w:t>
+        <w:t xml:space="preserve"> que par la signature de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accord, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4663,98 +4647,134 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>leurs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> noms.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>noms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F0BE86" w14:textId="1DAF820F" w:rsidR="006B7826" w:rsidRPr="006465F9" w:rsidRDefault="006B7826" w:rsidP="0077360F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Autorisations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4987,51 +5007,87 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’accords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur a le plein droit, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>plein</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> droit, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pouvoir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5095,51 +5151,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> les droits </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mentionnés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. L’Auteur </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n’a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5272,51 +5346,69 @@
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’Œuvre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>conforme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> aux </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5651,61 +5743,59 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> L’Auteur a fait tout son possible pour assurer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’exactitude</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>informations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>contenues</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans </w:t>
@@ -5740,51 +5830,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>indiqué</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> toute </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5807,59 +5915,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CA3D6E2" w14:textId="46557567" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Processus de </w:t>
+        <w:t>Processus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>révision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par les pairs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54774B61" w14:textId="1EE1758E" w:rsidR="006B7826" w:rsidRPr="006465F9" w:rsidRDefault="006B7826" w:rsidP="0077360F">
@@ -5936,51 +6056,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Orapuh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applique un processus </w:t>
+        <w:t xml:space="preserve"> applique un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>processus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rigoureux</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6008,159 +6146,159 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>soumis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Ce processus </w:t>
+        <w:t xml:space="preserve">. Ce </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>processus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>garantit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> les articles correspondent à la </w:t>
+        <w:t xml:space="preserve"> que les articles correspondent à la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>spécialité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du journal et </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> du journal et que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fournie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est significative, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significative, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>exacte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6281,95 +6419,113 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tenues </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>confidentielles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F93B9AD" w14:textId="45606A79" w:rsidR="006B7826" w:rsidRPr="006465F9" w:rsidRDefault="006B7826" w:rsidP="0077360F">
+    <w:p w14:paraId="156C0F3E" w14:textId="77777777" w:rsidR="00CC6E60" w:rsidRDefault="006B7826" w:rsidP="00CC6E60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Révisions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s’engage</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6532,460 +6688,460 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>délais</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>délais.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="61472233" w14:textId="00B301A2" w:rsidR="006B7826" w:rsidRPr="006465F9" w:rsidRDefault="006B7826" w:rsidP="0077360F">
+    <w:p w14:paraId="61472233" w14:textId="5135BBA2" w:rsidR="006B7826" w:rsidRPr="00CC6E60" w:rsidRDefault="006B7826" w:rsidP="00CC6E60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006465F9">
+      <w:r w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Frais de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006465F9">
+      <w:r w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>traitement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006465F9">
+      <w:r w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des articles (APC):</w:t>
       </w:r>
-      <w:r w:rsidRPr="006465F9">
-[...16 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l’acceptation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
-[...44 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le(s) auteur(s) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s’engage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) à payer des APC de 60 USD pour les auteurs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>africains</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
-[...80 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 120 USD pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auteurs (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>financement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>privé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>recherches</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
-[...26 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
-[...62 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publications </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bénéficiant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>financement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>externe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
-[...54 lines deleted...]
-      <w:r w:rsidR="006266DC" w:rsidRPr="006266DC">
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institutionnel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, les APC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s’élèvent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001A439C" w:rsidRPr="00CC6E60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à 250 USD</w:t>
+      </w:r>
+      <w:r w:rsidR="007F53E8" w:rsidRPr="00CC6E60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006465F9">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="00F7DE37" w14:textId="2EE46443" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="401495BC" w14:textId="15A61382" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -7301,123 +7457,141 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’IA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>accepte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> que, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lorsque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cela</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>approprié</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -7907,51 +8081,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Toute intervention de </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intervention de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> type sera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8357,51 +8549,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’Œuvre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et des extraits de </w:t>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>extraits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>celle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-ci dans du matériel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8440,51 +8650,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Consentement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à la publication:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>confirme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> son </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8611,51 +8839,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Crédits</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>recevra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8683,51 +8929,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tant </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>qu’auteur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8754,51 +9018,69 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Droit de partage:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -8844,51 +9126,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>collègues</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et sur des sites web personnels </w:t>
+        <w:t xml:space="preserve"> et sur des sites web </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>personnels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -9041,69 +9341,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à des fins non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>commerciales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, à condition </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> la version de </w:t>
+        <w:t xml:space="preserve">, à condition que la version de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’Éditeur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -9178,51 +9460,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accès</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> libre:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tous les articles </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les articles </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>publiés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -10177,87 +10477,123 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>leurs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> articles sur des sites personnels </w:t>
+        <w:t xml:space="preserve"> articles sur des sites </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>personnels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>institutionnels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> avant la publication.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la publication.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30890F5D" w14:textId="24B73642" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151F29D2" w14:textId="04F2D33F" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -10367,51 +10703,69 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’Auteur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L’Auteur </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’Auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -10421,69 +10775,105 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’Œuvre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> avant son acceptation. Après acceptation, le </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son acceptation. Après acceptation, le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>retrait</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>soumis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -10720,87 +11110,87 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> graves </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>plagiat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, falsification de données </w:t>
+        <w:t xml:space="preserve">, falsification de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>données</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> violations </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -10845,75 +11235,103 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Communication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3448FB9D" w14:textId="77777777" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006465F9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B7826">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">L’auteur </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’auteur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>correspondant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>informé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -10923,69 +11341,105 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>stratégiques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et des étapes </w:t>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>étapes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>importantes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tout au long du processus </w:t>
+        <w:t xml:space="preserve"> tout au long du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>processus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>éditorial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Il </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -11098,59 +11552,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10D6FAD6" w14:textId="7D2657ED" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006465F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Loi applicable et </w:t>
+        <w:t>Loi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>résolution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
@@ -11175,51 +11641,87 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Loi applicable:</w:t>
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cet Accord est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accord </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>régi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -11586,51 +12088,69 @@
       </w:r>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de toute instance </w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instance </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>légale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -11640,51 +12160,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006465F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Gambie.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gambie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006465F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AED2DD0" w14:textId="22BD2B32" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006B7826">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48034C0B" w14:textId="12BBE2F8" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006465F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -11705,57 +12243,67 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>intégral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="418926C6" w14:textId="77777777" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="006465F9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B7826">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Cet Accord </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accord </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>constitue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12426,51 +12974,51 @@
         </w:rPr>
         <w:t>manuscrit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763D70EB" w14:textId="77777777" w:rsidR="0077360F" w:rsidRPr="006B7826" w:rsidRDefault="0077360F" w:rsidP="0077360F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09B71EBD" w14:textId="77777777" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="00000000" w:rsidP="0077360F">
+    <w:p w14:paraId="09B71EBD" w14:textId="77777777" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="00772F32" w:rsidP="0077360F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="7FE372FA">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="348515CC" w14:textId="19636192" w:rsidR="006B7826" w:rsidRPr="006B7826" w:rsidRDefault="006B7826" w:rsidP="0002541A">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -12511,51 +13059,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Accord avant de le signer. En le </w:t>
+        <w:t xml:space="preserve"> Accord avant de le signer. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B7826">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>signant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12713,150 +13279,217 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lié</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B7826">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006B7826" w:rsidRPr="006B7826">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D71100A" w14:textId="77777777" w:rsidR="00072F09" w:rsidRDefault="00072F09" w:rsidP="00E5657B">
+    <w:p w14:paraId="7E2D93B7" w14:textId="77777777" w:rsidR="00772F32" w:rsidRDefault="00772F32" w:rsidP="00E5657B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C791B24" w14:textId="77777777" w:rsidR="00072F09" w:rsidRDefault="00072F09" w:rsidP="00E5657B">
+    <w:p w14:paraId="5DA0AD25" w14:textId="77777777" w:rsidR="00772F32" w:rsidRDefault="00772F32" w:rsidP="00E5657B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Clarendon BT">
     <w:panose1 w:val="02040704040505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75F727F3" w14:textId="78AB8C39" w:rsidR="00E5657B" w:rsidRPr="00B5068E" w:rsidRDefault="000D0BEF" w:rsidP="00E5657B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0D13B69A" w14:textId="77777777" w:rsidR="00DD5BA7" w:rsidRDefault="00DD5BA7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="75F727F3" w14:textId="670B5E13" w:rsidR="00E5657B" w:rsidRDefault="00673AAE" w:rsidP="00E5657B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00673AAE">
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C1F8CC9" wp14:editId="06CE9BE7">
+          <wp:extent cx="5800954" cy="138747"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="8" name="Picture 8"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 4"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="3877" t="5009" r="3892" b="-10424"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7079611" cy="169330"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="000D0BEF">
       <w:rPr>
         <w:rFonts w:ascii="Clarendon BT" w:hAnsi="Clarendon BT"/>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0278C08C" wp14:editId="2CA1C6AC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0278C08C" wp14:editId="430C910B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>85725</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-37250</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5593715" cy="0"/>
               <wp:effectExtent l="0" t="0" r="26035" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Straight Arrow Connector 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5593715" cy="0"/>
                       </a:xfrm>
@@ -12873,138 +13506,104 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5A8C3CF4" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="795F7FE3" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:6.75pt;margin-top:-2.95pt;width:440.45pt;height:0;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFv/GvJgIAAEoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8hxAWdiEirFYJ9LJt&#10;kdj+AGM7idXEY9mGgKr+947NR0t7qarm4NjxzPN7M89ZPB+7lhykdQp0TtPhiBKpOQil65x+eVsP&#10;ZpQ4z7RgLWiZ05N09Hn5/t2iN5kcQwOtkJYgiHZZb3LaeG+yJHG8kR1zQzBS42YFtmMel7ZOhGU9&#10;ondtMh6NHpMerDAWuHQOv5bnTbqM+FUluf9cVU560uYUufk42jjuwpgsFyyrLTON4hca7B9YdExp&#10;PPQGVTLPyN6qP6A6xS04qPyQQ5dAVSkuowZUk45+U7NtmJFRCxbHmVuZ3P+D5Z8OG0uUwN5RolmH&#10;Ldp6y1TdePJiLfSkAK2xjGBJGqrVG5dhUqE3NujlR701r8C/OqKhaJiuZWT9djIIFTOSu5SwcAbP&#10;3PUfQWAM23uIpTtWtguQWBRyjB063Tokj55w/Didzh+e0ikl/LqXsOyaaKzzHyR0JExy6i46bgLS&#10;eAw7vDqPQjDxmhBO1bBWbRvt0GrS53Q+HU9jgoNWibAZwpytd0VryYEFQ8UnVAXB7sIs7LWIYI1k&#10;YnWZe6ba8xzjWx3wUBjSuczOjvk2H81Xs9VsMpiMH1eDyagsBy/rYjJ4XKdP0/KhLIoy/R6opZOs&#10;UUJIHdhd3ZtO/s4dl3t09t3Nv7cyJPfoUSKSvb4j6djZ0MyzLXYgThsbqhGajIaNwZfLFW7Er+sY&#10;9fMXsPwBAAD//wMAUEsDBBQABgAIAAAAIQAwBp0s3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BbsIwEETvlfoP1lbiUoEDJRUJcRBC6qHHAlKvJl6SQLyOYoekfH236qE9zs5o9k22GW0jbtj5&#10;2pGC+SwCgVQ4U1Op4Hh4m65A+KDJ6MYRKvhCD5v88SHTqXEDfeBtH0rBJeRTraAKoU2l9EWFVvuZ&#10;a5HYO7vO6sCyK6Xp9MDltpGLKHqVVtfEHyrd4q7C4rrvrQL0fTyPtoktj+/34flzcb8M7UGpydO4&#10;XYMIOIa/MPzgMzrkzHRyPRkvGtYvMScVTOMEBPurZLkEcfo9yDyT/wfk3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBFv/GvJgIAAEoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAwBp0s3QAAAAgBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="000D0BEF">
-[...52 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6B3ED2BA" w14:textId="77777777" w:rsidR="00DD5BA7" w:rsidRDefault="00DD5BA7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E8150F9" w14:textId="77777777" w:rsidR="00072F09" w:rsidRDefault="00072F09" w:rsidP="00E5657B">
+    <w:p w14:paraId="4E0A32AC" w14:textId="77777777" w:rsidR="00772F32" w:rsidRDefault="00772F32" w:rsidP="00E5657B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="078A654A" w14:textId="77777777" w:rsidR="00072F09" w:rsidRDefault="00072F09" w:rsidP="00E5657B">
+    <w:p w14:paraId="52281D28" w14:textId="77777777" w:rsidR="00772F32" w:rsidRDefault="00772F32" w:rsidP="00E5657B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="5A7D7BBD" w14:textId="77777777" w:rsidR="00DD5BA7" w:rsidRDefault="00DD5BA7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="0A31C557" w14:textId="7C45BF0D" w:rsidR="00E5657B" w:rsidRDefault="000A7DEA" w:rsidP="000D0BEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000A7DEA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66CE0746" wp14:editId="3629B65F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-85394</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>322580</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4301656" cy="584200"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -13056,123 +13655,151 @@
                             </w:rPr>
                             <w:t>Publi</w:t>
                           </w:r>
                           <w:r w:rsidR="008B6038">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:kern w:val="24"/>
                               <w:sz w:val="32"/>
                               <w:szCs w:val="32"/>
                             </w:rPr>
                             <w:t>shing</w:t>
                           </w:r>
                           <w:r w:rsidRPr="000A7DEA">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:kern w:val="24"/>
                               <w:sz w:val="32"/>
                               <w:szCs w:val="32"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> Agreement (Accord de publication)</w:t>
+                            <w:t xml:space="preserve"> Agreement </w:t>
+                          </w:r>
+                          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                          <w:bookmarkEnd w:id="0"/>
+                          <w:r w:rsidRPr="000A7DEA">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="000000" w:themeColor="text1"/>
+                              <w:kern w:val="24"/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                            </w:rPr>
+                            <w:t>(Accord de publication)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="66CE0746" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="TextBox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-6.7pt;margin-top:25.4pt;width:338.7pt;height:46pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR7B6YdgEAAN4CAAAOAAAAZHJzL2Uyb0RvYy54bWysUl1PwjAUfTfxPzR9lw0EYhYG0RB8MWqC&#10;/oDStWzJ2lt7Cxv/3tuCYPTN+HLX3o/Tc8/ZbNGblu2VxwZsyYeDnDNlJVSN3Zb8/W11c8cZBmEr&#10;0YJVJT8o5Iv59dWsc4UaQQ1tpTwjEItF50peh+CKLENZKyNwAE5ZKmrwRgS6+m1WedERummzUZ5P&#10;sw585TxIhUjZ5bHI5wlfayXDi9aoAmtLTtxCij7FTYzZfCaKrReubuSJhvgDCyMaS4+eoZYiCLbz&#10;zS8o00gPCDoMJJgMtG6kSjvQNsP8xzbrWjiVdiFx0J1lwv+Dlc/7tXv1LPQP0JOBUZDOYYGUjPv0&#10;2pv4JaaM6iTh4Syb6gOTlBzf5sPpZMqZpNrkbky+RJjsMu08hkcFhsVDyT3ZktQS+ycMx9avlviY&#10;hVXTtjF/oRJPod/0J34bqA5EuyPnSo4fO+GjUIJ43+8CjSfUOHNsPEGRiInXyfDo0vd76rr8lvNP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAliHlr94AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy26D&#10;MBBF95X6D9ZU6i4xpARFFBNFfUhZdNOE7ifYxah4jLATyN9numqXozm699xyO7teXMwYOk8K0mUC&#10;wlDjdUetgvr4vtiACBFJY+/JKLiaANvq/q7EQvuJPs3lEFvBIRQKVGBjHAopQ2ONw7D0gyH+ffvR&#10;YeRzbKUeceJw18tVkuTSYUfcYHEwL9Y0P4ezUxCj3qXX+s2F/df88TrZpFljrdTjw7x7BhHNHP9g&#10;+NVndajY6eTPpIPoFSzSp4xRBeuEJzCQ5xmPOzGZrTYgq1L+n1DdAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAFHsHph2AQAA3gIAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJYh5a/eAAAACgEAAA8AAAAAAAAAAAAAAAAA0AMAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAADbBAAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="TextBox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-6.7pt;margin-top:25.4pt;width:338.7pt;height:46pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5jD/gAgIAAN0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOmzAQfa/Uf7D8TrgTikJWIQlVpaqt&#10;tNsPcIwJSIBd2wlEq/33jh2Srbovq6ovZjzjGZ9zfFg9TH2Hzkyqlg859hceRmygvGqHY45/PpVO&#10;ipHSZKhIxweW4wtT+GH98cNqFBkLeMO7ikkEQwaVjSLHjdYic11FG9YTteCCDVCsueyJhq08upUk&#10;I0zvOzfwvMQduayE5JQpBdndtYjXdn5dM6q/17ViGnU5BmzartKuB7O66xXJjpKIpqUzDPIPKHrS&#10;DnDpfdSOaIJOsn0zqm+p5IrXekF57/K6bimzHICN7/3F5rEhglkuII4Sd5nU/xtLv51/SNRWOQ4x&#10;GkgPT/TEJl3wCQWWEGy+Km2oQXSl9FyWQRHvy8gpIXIir4icYh99csogTPfBstwGYfJiuv0ko5IR&#10;Deb4Ut3k9ZP3wZ8f2ggTuVZgi/M52AVemvi+s1nutk5YFrGz3+xSp4z9OI7TZLOMty/mYV2L+fa1&#10;LNxRqMxyNg6x4aMAAfQEjMG/ps3kFSQN56mWvfnCQyGog4Mud9cYPSgko9DzkzjBiEItTiOw5Xz7&#10;rVtIpT8z3iMT5FiCK6225AygrkBvR8xlAy/brjP5Vygm0tNhmvEdeHUB2CMYN8fq14lI4xMCuDcn&#10;De12qum5HpxHgYesGrPfjUn/3NtTr3/l+jcAAAD//wMAUEsDBBQABgAIAAAAIQCWIeWv3gAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LboMwEEX3lfoP1lTqLjGkBEUUE0V9SFl004TuJ9jFqHiM&#10;sBPI32e6apejObr33HI7u15czBg6TwrSZQLCUON1R62C+vi+2IAIEUlj78kouJoA2+r+rsRC+4k+&#10;zeUQW8EhFApUYGMcCilDY43DsPSDIf59+9Fh5HNspR5x4nDXy1WS5NJhR9xgcTAv1jQ/h7NTEKPe&#10;pdf6zYX91/zxOtmkWWOt1OPDvHsGEc0c/2D41Wd1qNjp5M+kg+gVLNKnjFEF64QnMJDnGY87MZmt&#10;NiCrUv6fUN0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuYw/4AICAADdAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAliHlr94AAAAKAQAADwAA&#10;AAAAAAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="24CED970" w14:textId="1738ABAE" w:rsidR="000A7DEA" w:rsidRPr="000A7DEA" w:rsidRDefault="000A7DEA" w:rsidP="000A7DEA">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:kern w:val="24"/>
                         <w:sz w:val="32"/>
                         <w:szCs w:val="32"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000A7DEA">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:kern w:val="24"/>
                         <w:sz w:val="32"/>
                         <w:szCs w:val="32"/>
                       </w:rPr>
                       <w:t>Publi</w:t>
                     </w:r>
                     <w:r w:rsidR="008B6038">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:kern w:val="24"/>
                         <w:sz w:val="32"/>
                         <w:szCs w:val="32"/>
                       </w:rPr>
                       <w:t>shing</w:t>
                     </w:r>
                     <w:r w:rsidRPr="000A7DEA">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:kern w:val="24"/>
                         <w:sz w:val="32"/>
                         <w:szCs w:val="32"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> Agreement (Accord de publication)</w:t>
+                      <w:t xml:space="preserve"> Agreement </w:t>
+                    </w:r>
+                    <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                    <w:bookmarkEnd w:id="1"/>
+                    <w:r w:rsidRPr="000A7DEA">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:kern w:val="24"/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                      </w:rPr>
+                      <w:t>(Accord de publication)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="000A7DEA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="544F42EA" wp14:editId="28EC744E">
           <wp:extent cx="1876508" cy="344720"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="9" name="Picture 8">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD1B8817-9EEF-92F9-D6FF-68D8FFB4A44E}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
@@ -13227,52 +13854,62 @@
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="29271D8F" w14:textId="55122FBF" w:rsidR="000A7DEA" w:rsidRDefault="000A7DEA" w:rsidP="000D0BEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2569D73D" w14:textId="364A224A" w:rsidR="008B6038" w:rsidRDefault="008B6038" w:rsidP="000D0BEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1ED2D1DE" w14:textId="0FD4B4E1" w:rsidR="008B6038" w:rsidRDefault="008B6038" w:rsidP="000D0BEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="65D10BA0" w14:textId="77777777" w:rsidR="00DD5BA7" w:rsidRDefault="00DD5BA7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="063713B5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001D"/>
     <w:styleLink w:val="Style3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -16446,81 +17083,81 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1594050114">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1615790365">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="228881257">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="248271035">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2052268746">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1202984972">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="479735835">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1775829133">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1483766999">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1075277839">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="121964653">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
@@ -16608,60 +17245,60 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="444497234">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="123929032">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="857426584">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1211503110">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="2.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="792" w:hanging="432"/>
         </w:pPr>
         <w:rPr>
@@ -16746,89 +17383,89 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="188104622">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1330718057">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1213073968">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="3"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1894458712">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="966666895">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1399787838">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="357892117">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="462312471">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="3"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
@@ -16916,51 +17553,51 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1619218012">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="3"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
@@ -17048,235 +17685,241 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3744" w:hanging="1224"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="839738777">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1969118665">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1096634861">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="84082951">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="671953688">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1600747967">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="133060094">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="213127097">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1658462195">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1842306112">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1065104618">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="819928867">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1287351841">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="2052805132">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="446969653">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB3132"/>
     <w:rsid w:val="00023939"/>
     <w:rsid w:val="0002541A"/>
     <w:rsid w:val="0005371C"/>
     <w:rsid w:val="00072F09"/>
     <w:rsid w:val="000A7DEA"/>
     <w:rsid w:val="000B064F"/>
     <w:rsid w:val="000B4447"/>
     <w:rsid w:val="000C6D51"/>
     <w:rsid w:val="000D0872"/>
     <w:rsid w:val="000D0BEF"/>
     <w:rsid w:val="000F4FBB"/>
     <w:rsid w:val="000F50BB"/>
     <w:rsid w:val="0010317A"/>
+    <w:rsid w:val="001234DA"/>
     <w:rsid w:val="00125DD0"/>
     <w:rsid w:val="00134A7E"/>
     <w:rsid w:val="001358BE"/>
     <w:rsid w:val="00140148"/>
     <w:rsid w:val="00144063"/>
     <w:rsid w:val="00160937"/>
     <w:rsid w:val="00176609"/>
     <w:rsid w:val="0019356B"/>
     <w:rsid w:val="001A10FB"/>
     <w:rsid w:val="001A2693"/>
+    <w:rsid w:val="001A439C"/>
     <w:rsid w:val="001B1B04"/>
     <w:rsid w:val="001D41E8"/>
     <w:rsid w:val="001E7976"/>
     <w:rsid w:val="001F13F4"/>
     <w:rsid w:val="001F3A42"/>
     <w:rsid w:val="00217D10"/>
     <w:rsid w:val="00221DCD"/>
     <w:rsid w:val="00226A3D"/>
     <w:rsid w:val="0023439B"/>
     <w:rsid w:val="002511E4"/>
     <w:rsid w:val="00280691"/>
     <w:rsid w:val="00280E00"/>
     <w:rsid w:val="002821B0"/>
     <w:rsid w:val="002A7877"/>
     <w:rsid w:val="002B3F07"/>
     <w:rsid w:val="002B4EA5"/>
     <w:rsid w:val="002E7158"/>
     <w:rsid w:val="002F53D2"/>
     <w:rsid w:val="00317CFE"/>
     <w:rsid w:val="0033300A"/>
     <w:rsid w:val="00333CD9"/>
     <w:rsid w:val="003714C2"/>
     <w:rsid w:val="003A2271"/>
     <w:rsid w:val="003A2C2A"/>
     <w:rsid w:val="00415360"/>
     <w:rsid w:val="00446E3F"/>
     <w:rsid w:val="004653C7"/>
     <w:rsid w:val="00470FAB"/>
     <w:rsid w:val="00475507"/>
     <w:rsid w:val="00497377"/>
     <w:rsid w:val="004A2732"/>
     <w:rsid w:val="004B0D55"/>
     <w:rsid w:val="004C2797"/>
     <w:rsid w:val="004C486D"/>
     <w:rsid w:val="004C4CCE"/>
     <w:rsid w:val="004C73DA"/>
     <w:rsid w:val="004D1157"/>
+    <w:rsid w:val="004D30E4"/>
     <w:rsid w:val="004E0A55"/>
     <w:rsid w:val="004F67B0"/>
     <w:rsid w:val="005053CC"/>
     <w:rsid w:val="00537377"/>
     <w:rsid w:val="00537D8F"/>
     <w:rsid w:val="00540AA3"/>
     <w:rsid w:val="005522D4"/>
     <w:rsid w:val="005523C2"/>
     <w:rsid w:val="00561516"/>
     <w:rsid w:val="00565E14"/>
     <w:rsid w:val="00572EEE"/>
     <w:rsid w:val="00581143"/>
     <w:rsid w:val="005A5907"/>
     <w:rsid w:val="005C47F5"/>
     <w:rsid w:val="005C4CF0"/>
     <w:rsid w:val="005F2904"/>
     <w:rsid w:val="005F66B4"/>
     <w:rsid w:val="00616710"/>
     <w:rsid w:val="006266DC"/>
     <w:rsid w:val="006339DC"/>
     <w:rsid w:val="0064267F"/>
     <w:rsid w:val="006465F9"/>
     <w:rsid w:val="00660580"/>
     <w:rsid w:val="00665221"/>
+    <w:rsid w:val="00673AAE"/>
     <w:rsid w:val="006862B4"/>
     <w:rsid w:val="00696980"/>
     <w:rsid w:val="00697707"/>
     <w:rsid w:val="006A2DFF"/>
     <w:rsid w:val="006B2EF6"/>
     <w:rsid w:val="006B7826"/>
     <w:rsid w:val="006D792C"/>
     <w:rsid w:val="00704DC7"/>
     <w:rsid w:val="00705A1B"/>
     <w:rsid w:val="00710CF6"/>
     <w:rsid w:val="007140E5"/>
     <w:rsid w:val="00751809"/>
+    <w:rsid w:val="00772F32"/>
     <w:rsid w:val="0077360F"/>
     <w:rsid w:val="007819CC"/>
     <w:rsid w:val="0078332A"/>
     <w:rsid w:val="00787191"/>
     <w:rsid w:val="00787424"/>
     <w:rsid w:val="007925DD"/>
     <w:rsid w:val="00792B13"/>
     <w:rsid w:val="00797B15"/>
     <w:rsid w:val="007A1B71"/>
     <w:rsid w:val="007B757A"/>
     <w:rsid w:val="007D12E5"/>
     <w:rsid w:val="007D4425"/>
+    <w:rsid w:val="007F53E8"/>
     <w:rsid w:val="0080230F"/>
     <w:rsid w:val="008053A9"/>
     <w:rsid w:val="00814FAA"/>
     <w:rsid w:val="00820FE2"/>
     <w:rsid w:val="00835F0D"/>
     <w:rsid w:val="00855AF2"/>
     <w:rsid w:val="00856982"/>
     <w:rsid w:val="008751C4"/>
     <w:rsid w:val="008775AA"/>
     <w:rsid w:val="008908F0"/>
     <w:rsid w:val="00891DCC"/>
     <w:rsid w:val="008B6038"/>
     <w:rsid w:val="008D31DA"/>
     <w:rsid w:val="008D55AE"/>
     <w:rsid w:val="008D5A5B"/>
     <w:rsid w:val="008F2E55"/>
     <w:rsid w:val="00915161"/>
     <w:rsid w:val="0092184E"/>
     <w:rsid w:val="00941460"/>
     <w:rsid w:val="00943CCC"/>
     <w:rsid w:val="00944F41"/>
     <w:rsid w:val="00954228"/>
     <w:rsid w:val="00955DDA"/>
     <w:rsid w:val="009668F0"/>
     <w:rsid w:val="009749B3"/>
@@ -17303,70 +17946,72 @@
     <w:rsid w:val="00AD4653"/>
     <w:rsid w:val="00AF3288"/>
     <w:rsid w:val="00B03B5D"/>
     <w:rsid w:val="00B32080"/>
     <w:rsid w:val="00B37306"/>
     <w:rsid w:val="00B4343B"/>
     <w:rsid w:val="00B461FF"/>
     <w:rsid w:val="00B5068E"/>
     <w:rsid w:val="00B579D8"/>
     <w:rsid w:val="00B6224D"/>
     <w:rsid w:val="00B72B1A"/>
     <w:rsid w:val="00BA6566"/>
     <w:rsid w:val="00BB00A1"/>
     <w:rsid w:val="00BB0601"/>
     <w:rsid w:val="00BB1449"/>
     <w:rsid w:val="00BD7E3F"/>
     <w:rsid w:val="00BF58DD"/>
     <w:rsid w:val="00C145ED"/>
     <w:rsid w:val="00C221C8"/>
     <w:rsid w:val="00C2375F"/>
     <w:rsid w:val="00C532C0"/>
     <w:rsid w:val="00C64905"/>
     <w:rsid w:val="00C839ED"/>
     <w:rsid w:val="00CA583F"/>
     <w:rsid w:val="00CA7312"/>
+    <w:rsid w:val="00CC6E60"/>
     <w:rsid w:val="00CC703F"/>
     <w:rsid w:val="00CD0AF5"/>
     <w:rsid w:val="00CD6F3F"/>
     <w:rsid w:val="00CE1287"/>
     <w:rsid w:val="00CE531C"/>
     <w:rsid w:val="00CF7318"/>
     <w:rsid w:val="00D001BB"/>
     <w:rsid w:val="00D026B8"/>
     <w:rsid w:val="00D1711C"/>
     <w:rsid w:val="00D21DBD"/>
     <w:rsid w:val="00D27E5A"/>
     <w:rsid w:val="00D32BA4"/>
     <w:rsid w:val="00D41BD5"/>
     <w:rsid w:val="00D545C5"/>
     <w:rsid w:val="00D54F3D"/>
     <w:rsid w:val="00D600C8"/>
     <w:rsid w:val="00D712F2"/>
     <w:rsid w:val="00D966F4"/>
     <w:rsid w:val="00DB501B"/>
     <w:rsid w:val="00DC6AC7"/>
+    <w:rsid w:val="00DD5BA7"/>
     <w:rsid w:val="00DD7EC6"/>
     <w:rsid w:val="00DF4D2B"/>
     <w:rsid w:val="00E20C63"/>
     <w:rsid w:val="00E2105D"/>
     <w:rsid w:val="00E22A6B"/>
     <w:rsid w:val="00E4374C"/>
     <w:rsid w:val="00E50A52"/>
     <w:rsid w:val="00E5612E"/>
     <w:rsid w:val="00E5657B"/>
     <w:rsid w:val="00E57221"/>
     <w:rsid w:val="00E74A7D"/>
     <w:rsid w:val="00E8002C"/>
     <w:rsid w:val="00E86515"/>
     <w:rsid w:val="00EA2303"/>
     <w:rsid w:val="00EA68E6"/>
     <w:rsid w:val="00EA6E76"/>
     <w:rsid w:val="00EB1684"/>
     <w:rsid w:val="00EB3AF9"/>
     <w:rsid w:val="00EC67FE"/>
     <w:rsid w:val="00ED29AC"/>
     <w:rsid w:val="00F03B44"/>
     <w:rsid w:val="00F06266"/>
     <w:rsid w:val="00F3041E"/>
     <w:rsid w:val="00F515EB"/>
     <w:rsid w:val="00F5248F"/>
@@ -17381,80 +18026,80 @@
     <w:rsid w:val="00FC2EA5"/>
     <w:rsid w:val="00FC7729"/>
     <w:rsid w:val="00FD7711"/>
     <w:rsid w:val="00FD7EB9"/>
     <w:rsid w:val="00FE679F"/>
     <w:rsid w:val="00FE79A4"/>
     <w:rsid w:val="00FE7E97"/>
     <w:rsid w:val="00FF21E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A108A10"/>
   <w15:docId w15:val="{858D5EE5-8972-4EF6-82C4-7CCC2EAA4B9E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -17786,51 +18431,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AB3132"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002B4EA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
@@ -18114,97 +18758,109 @@
     <w:name w:val="Style3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00855AF2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002B4EA5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD5BA7"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1566525026">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2079939810">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -18464,99 +19120,99 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2252</Words>
-  <Characters>12839</Characters>
+  <Words>2241</Words>
+  <Characters>12778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>106</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Grant of Rights</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Author’s Warranties</vt:lpstr>
       <vt:lpstr>        Peer-Review Process</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        4. Publication and Distribution</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Author's Rights</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Withdrawal and Retraction</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Communication</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Governing Law and Dispute Resolution</vt:lpstr>
       <vt:lpstr>        </vt:lpstr>
       <vt:lpstr>        Entire Agreement</vt:lpstr>
       <vt:lpstr>        Amendments</vt:lpstr>
       <vt:lpstr>        Endorsement</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15061</CharactersWithSpaces>
+  <CharactersWithSpaces>14990</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Orap J</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>